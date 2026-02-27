--- v0 (2025-12-22)
+++ v1 (2026-02-27)
@@ -1,117 +1,114 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2025\Shopping Shuttle\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\First Transit -Transdev - WeDriveU\Spring 2026\Shopping Shuttle\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A370E4A7-1B0E-40AC-A43B-0F3CBCEDEFD4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC349D92-515F-4CFC-BFCE-1A226171A7A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="30165" yWindow="915" windowWidth="25515" windowHeight="13560" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="North Shopping Shuttle" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'North Shopping Shuttle'!$A$1:$H$28</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'North Shopping Shuttle'!$A$1:$G$28</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="9">
   <si>
     <t>no pickup</t>
   </si>
   <si>
     <t>Depart Target</t>
   </si>
   <si>
     <t>Depart Tops</t>
   </si>
   <si>
     <t>Depart Wegmans</t>
   </si>
   <si>
     <t>Depart Walmart</t>
   </si>
   <si>
     <t>Depart Govenors</t>
   </si>
   <si>
     <t>Depart Ellicott</t>
   </si>
   <si>
     <t>Depart Flickinger Court</t>
   </si>
   <si>
     <t>All information in this document is available at www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules</t>
-  </si>
-[...1 lines deleted...]
-    <t>Depart Planet Fitness</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -475,754 +472,674 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.buffalo.edu/parking/getting-around-UB/bus/bus-schedules.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:H28"/>
+  <dimension ref="A2:G28"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="85" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="85" zoomScaleNormal="85" zoomScaleSheetLayoutView="85" zoomScalePageLayoutView="85" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="12.85546875" bestFit="1" customWidth="1"/>
-    <col min="3" max="7" width="12" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="12.42578125" customWidth="1"/>
+    <col min="3" max="6" width="12" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="3" spans="1:8" ht="147.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:7" ht="148.5" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>3</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="H3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="1">
         <v>5.347222222222222E-2</v>
       </c>
       <c r="D4" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="E4" s="1">
         <v>7.2916666666666671E-2</v>
       </c>
       <c r="F4" s="1">
         <v>7.6388888888888895E-2</v>
       </c>
       <c r="G4" s="1">
-        <v>7.8472222222222221E-2</v>
-[...1 lines deleted...]
-      <c r="H4" s="1">
         <v>7.9861111111111105E-2</v>
       </c>
     </row>
-    <row r="5" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A5" s="1">
         <v>6.25E-2</v>
       </c>
       <c r="B5" s="1">
         <v>6.5972222222222224E-2</v>
       </c>
       <c r="C5" s="1">
         <v>6.7361111111111108E-2</v>
       </c>
       <c r="D5" s="1">
         <v>7.6388888888888895E-2</v>
       </c>
       <c r="E5" s="1">
-        <v>8.6805555555555566E-2</v>
+        <v>8.6805555555555552E-2</v>
       </c>
       <c r="F5" s="1">
         <v>9.0277777777777776E-2</v>
       </c>
       <c r="G5" s="1">
-        <v>9.2361111111111116E-2</v>
-[...1 lines deleted...]
-      <c r="H5" s="1">
         <v>9.375E-2</v>
       </c>
     </row>
-    <row r="6" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A6" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="1">
         <v>7.9861111111111105E-2</v>
       </c>
       <c r="C6" s="1">
         <v>8.1250000000000003E-2</v>
       </c>
       <c r="D6" s="1">
         <v>9.0277777777777776E-2</v>
       </c>
       <c r="E6" s="1">
         <v>0.10069444444444443</v>
       </c>
       <c r="F6" s="1">
         <v>0.10416666666666667</v>
       </c>
       <c r="G6" s="1">
-        <v>0.10625</v>
-[...1 lines deleted...]
-      <c r="H6" s="1">
         <v>0.1076388888888889</v>
       </c>
     </row>
-    <row r="7" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A7" s="1">
         <v>9.0277777777777804E-2</v>
       </c>
       <c r="B7" s="1">
         <v>9.375E-2</v>
       </c>
       <c r="C7" s="1">
         <v>9.5138888888888898E-2</v>
       </c>
       <c r="D7" s="1">
         <v>0.104166666666667</v>
       </c>
       <c r="E7" s="1">
         <v>0.114583333333333</v>
       </c>
       <c r="F7" s="1">
         <v>0.118055555555555</v>
       </c>
       <c r="G7" s="1">
-        <v>0.12013888888888889</v>
-[...1 lines deleted...]
-      <c r="H7" s="1">
         <v>0.121527777777778</v>
       </c>
     </row>
-    <row r="8" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A8" s="1">
         <v>0.104166666666667</v>
       </c>
       <c r="B8" s="1">
         <v>0.10763888888888901</v>
       </c>
       <c r="C8" s="1">
         <v>0.109027777777778</v>
       </c>
       <c r="D8" s="1">
         <v>0.118055555555556</v>
       </c>
       <c r="E8" s="1">
         <v>0.12847222222222199</v>
       </c>
       <c r="F8" s="1">
         <v>0.131944444444444</v>
       </c>
       <c r="G8" s="1">
-        <v>0.13402777777777777</v>
-[...1 lines deleted...]
-      <c r="H8" s="1">
         <v>0.13541666666666699</v>
       </c>
     </row>
-    <row r="9" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A9" s="1">
         <v>0.118055555555556</v>
       </c>
       <c r="B9" s="1">
         <v>0.121527777777778</v>
       </c>
       <c r="C9" s="1">
         <v>0.12291666666666699</v>
       </c>
       <c r="D9" s="1">
         <v>0.131944444444445</v>
       </c>
       <c r="E9" s="1">
         <v>0.14236111111111099</v>
       </c>
       <c r="F9" s="1">
         <v>0.14583333333333301</v>
       </c>
       <c r="G9" s="1">
-        <v>0.14791666666666667</v>
-[...1 lines deleted...]
-      <c r="H9" s="1">
         <v>0.149305555555556</v>
       </c>
     </row>
-    <row r="10" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A10" s="1">
         <v>0.131944444444444</v>
       </c>
       <c r="B10" s="1">
         <v>0.13541666666666699</v>
       </c>
       <c r="C10" s="1">
         <v>0.13680555555555601</v>
       </c>
       <c r="D10" s="1">
         <v>0.14583333333333301</v>
       </c>
       <c r="E10" s="1">
         <v>0.15625</v>
       </c>
       <c r="F10" s="1">
         <v>0.15972222222222199</v>
       </c>
       <c r="G10" s="1">
-        <v>0.16180555555555556</v>
-[...1 lines deleted...]
-      <c r="H10" s="1">
         <v>0.163194444444445</v>
       </c>
     </row>
-    <row r="11" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A11" s="1">
         <v>0.14583333333333301</v>
       </c>
       <c r="B11" s="1">
         <v>0.149305555555556</v>
       </c>
       <c r="C11" s="1">
         <v>0.15069444444444399</v>
       </c>
       <c r="D11" s="1">
         <v>0.15972222222222199</v>
       </c>
       <c r="E11" s="1">
         <v>0.17013888888888901</v>
       </c>
       <c r="F11" s="1">
         <v>0.17361111111111099</v>
       </c>
       <c r="G11" s="1">
-        <v>0.17569444444444446</v>
-[...1 lines deleted...]
-      <c r="H11" s="1">
         <v>0.17708333333333301</v>
       </c>
     </row>
-    <row r="12" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A12" s="1">
         <v>0.15972222222222199</v>
       </c>
       <c r="B12" s="1">
         <v>0.163194444444444</v>
       </c>
       <c r="C12" s="1">
         <v>0.164583333333333</v>
       </c>
       <c r="D12" s="1">
         <v>0.17361111111111099</v>
       </c>
       <c r="E12" s="1">
         <v>0.18402777777777801</v>
       </c>
       <c r="F12" s="1">
         <v>0.1875</v>
       </c>
       <c r="G12" s="1">
-        <v>0.18958333333333333</v>
-[...1 lines deleted...]
-      <c r="H12" s="1">
         <v>0.19097222222222199</v>
       </c>
     </row>
-    <row r="13" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A13" s="1">
         <v>0.17361111111111099</v>
       </c>
       <c r="B13" s="1">
         <v>0.17708333333333301</v>
       </c>
       <c r="C13" s="1">
         <v>0.178472222222222</v>
       </c>
       <c r="D13" s="1">
         <v>0.1875</v>
       </c>
       <c r="E13" s="1">
         <v>0.19791666666666699</v>
       </c>
       <c r="F13" s="1">
         <v>0.20138888888888901</v>
       </c>
       <c r="G13" s="1">
-        <v>0.20347222222222219</v>
-[...1 lines deleted...]
-      <c r="H13" s="1">
         <v>0.20486111111111099</v>
       </c>
     </row>
-    <row r="14" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A14" s="1">
         <v>0.1875</v>
       </c>
       <c r="B14" s="1">
         <v>0.19097222222222199</v>
       </c>
       <c r="C14" s="1">
         <v>0.19236111111111101</v>
       </c>
       <c r="D14" s="1">
         <v>0.20138888888888901</v>
       </c>
       <c r="E14" s="1">
         <v>0.211805555555556</v>
       </c>
       <c r="F14" s="1">
         <v>0.21527777777777801</v>
       </c>
       <c r="G14" s="1">
-        <v>0.21736111111111112</v>
-[...1 lines deleted...]
-      <c r="H14" s="1">
         <v>0.21875</v>
       </c>
     </row>
-    <row r="15" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A15" s="1">
         <v>0.20138888888888901</v>
       </c>
       <c r="B15" s="1">
         <v>0.20486111111111099</v>
       </c>
       <c r="C15" s="1">
         <v>0.20624999999999999</v>
       </c>
       <c r="D15" s="1">
         <v>0.21527777777777801</v>
       </c>
       <c r="E15" s="1">
         <v>0.225694444444445</v>
       </c>
       <c r="F15" s="1">
         <v>0.22916666666666699</v>
       </c>
       <c r="G15" s="1">
-        <v>0.23124999999999998</v>
-[...1 lines deleted...]
-      <c r="H15" s="1">
         <v>0.23263888888888901</v>
       </c>
     </row>
-    <row r="16" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A16" s="1">
         <v>0.23611111111111113</v>
       </c>
       <c r="B16" s="1">
         <v>0.23958333333333334</v>
       </c>
       <c r="C16" s="1">
         <v>0.24097222222222223</v>
       </c>
       <c r="D16" s="1">
         <v>0.25</v>
       </c>
       <c r="E16" s="1">
         <v>0.26041666666666669</v>
       </c>
       <c r="F16" s="1">
         <v>0.2638888888888889</v>
       </c>
       <c r="G16" s="1">
-        <v>0.26597222222222222</v>
-[...1 lines deleted...]
-      <c r="H16" s="1">
         <v>0.2673611111111111</v>
       </c>
     </row>
-    <row r="17" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A17" s="1">
         <v>0.25</v>
       </c>
       <c r="B17" s="1">
         <v>0.25347222222222221</v>
       </c>
       <c r="C17" s="1">
         <v>0.25486111111111109</v>
       </c>
       <c r="D17" s="1">
         <v>0.2638888888888889</v>
       </c>
       <c r="E17" s="1">
         <v>0.27430555555555552</v>
       </c>
       <c r="F17" s="1">
         <v>0.27777777777777779</v>
       </c>
       <c r="G17" s="1">
-        <v>0.27986111111111112</v>
-[...1 lines deleted...]
-      <c r="H17" s="1">
         <v>0.28125</v>
       </c>
     </row>
-    <row r="18" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A18" s="1">
         <v>0.2638888888888889</v>
       </c>
       <c r="B18" s="1">
         <v>0.2673611111111111</v>
       </c>
       <c r="C18" s="1">
         <v>0.26874999999999999</v>
       </c>
       <c r="D18" s="1">
         <v>0.27777777777777779</v>
       </c>
       <c r="E18" s="1">
         <v>0.28819444444444448</v>
       </c>
       <c r="F18" s="1">
         <v>0.29166666666666669</v>
       </c>
       <c r="G18" s="1">
-        <v>0.29375000000000001</v>
-[...1 lines deleted...]
-      <c r="H18" s="1">
         <v>0.2951388888888889</v>
       </c>
     </row>
-    <row r="19" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A19" s="1">
         <v>0.27777777777777801</v>
       </c>
       <c r="B19" s="1">
         <v>0.28125</v>
       </c>
       <c r="C19" s="1">
         <v>0.28263888888888899</v>
       </c>
       <c r="D19" s="1">
         <v>0.29166666666666702</v>
       </c>
       <c r="E19" s="1">
         <v>0.30208333333333298</v>
       </c>
       <c r="F19" s="1">
         <v>0.30555555555555602</v>
       </c>
       <c r="G19" s="1">
-        <v>0.30763888888888891</v>
-[...1 lines deleted...]
-      <c r="H19" s="1">
         <v>0.30208333333333331</v>
       </c>
     </row>
-    <row r="20" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A20" s="1">
         <v>0.29166666666666702</v>
       </c>
       <c r="B20" s="1">
         <v>0.29513888888888901</v>
       </c>
       <c r="C20" s="1">
         <v>0.296527777777778</v>
       </c>
       <c r="D20" s="1">
         <v>0.30555555555555602</v>
       </c>
       <c r="E20" s="1">
         <v>0.31597222222222199</v>
       </c>
       <c r="F20" s="1">
         <v>0.31944444444444398</v>
       </c>
       <c r="G20" s="1">
-        <v>0.3215277777777778</v>
-[...1 lines deleted...]
-      <c r="H20" s="1">
         <v>0.32291666666666702</v>
       </c>
     </row>
-    <row r="21" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A21" s="1">
         <v>0.30555555555555503</v>
       </c>
       <c r="B21" s="1">
         <v>0.30902777777777801</v>
       </c>
       <c r="C21" s="1">
         <v>0.31041666666666701</v>
       </c>
       <c r="D21" s="1">
         <v>0.31944444444444497</v>
       </c>
       <c r="E21" s="1">
         <v>0.32986111111111099</v>
       </c>
       <c r="F21" s="1">
         <v>0.33333333333333298</v>
       </c>
       <c r="G21" s="1">
-        <v>0.3354166666666667</v>
-[...1 lines deleted...]
-      <c r="H21" s="1">
         <v>0.33680555555555602</v>
       </c>
     </row>
-    <row r="22" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A22" s="1">
         <v>0.31944444444444398</v>
       </c>
       <c r="B22" s="1">
         <v>0.32291666666666702</v>
       </c>
       <c r="C22" s="1">
         <v>0.32430555555555501</v>
       </c>
       <c r="D22" s="1">
         <v>0.33333333333333298</v>
       </c>
       <c r="E22" s="1">
         <v>0.34375</v>
       </c>
       <c r="F22" s="1">
         <v>0.34722222222222199</v>
       </c>
       <c r="G22" s="1">
-        <v>0.34930555555555554</v>
-[...1 lines deleted...]
-      <c r="H22" s="1">
         <v>0.34375</v>
       </c>
     </row>
-    <row r="23" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A23" s="1">
         <v>0.33333333333333298</v>
       </c>
       <c r="B23" s="1">
         <v>0.33680555555555503</v>
       </c>
       <c r="C23" s="1">
         <v>0.33819444444444402</v>
       </c>
       <c r="D23" s="1">
         <v>0.34722222222222199</v>
       </c>
       <c r="E23" s="1">
         <v>0.35763888888888901</v>
       </c>
       <c r="F23" s="1">
         <v>0.36111111111111099</v>
       </c>
       <c r="G23" s="1">
-        <v>0.36319444444444443</v>
-[...1 lines deleted...]
-      <c r="H23" s="1">
         <v>0.36458333333333298</v>
       </c>
     </row>
-    <row r="24" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A24" s="1">
         <v>0.34722222222222199</v>
       </c>
       <c r="B24" s="1">
         <v>0.35069444444444398</v>
       </c>
       <c r="C24" s="1">
         <v>0.35208333333333303</v>
       </c>
       <c r="D24" s="1">
         <v>0.36111111111111099</v>
       </c>
       <c r="E24" s="1">
         <v>0.37152777777777801</v>
       </c>
       <c r="F24" s="1">
         <v>0.375</v>
       </c>
       <c r="G24" s="1">
-        <v>0.37708333333333338</v>
-[...1 lines deleted...]
-      <c r="H24" s="1">
         <v>0.37847222222222199</v>
       </c>
     </row>
-    <row r="25" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A25" s="1">
         <v>0.36111111111111099</v>
       </c>
       <c r="B25" s="1">
         <v>0.36458333333333298</v>
       </c>
       <c r="C25" s="1">
         <v>0.36597222222222198</v>
       </c>
       <c r="D25" s="1">
         <v>0.375</v>
       </c>
       <c r="E25" s="1">
         <v>0.38541666666666702</v>
       </c>
       <c r="F25" s="1">
         <v>0.38888888888888901</v>
       </c>
       <c r="G25" s="1">
-        <v>0.39097222222222222</v>
-[...1 lines deleted...]
-      <c r="H25" s="1">
         <v>0.38541666666666669</v>
       </c>
     </row>
-    <row r="26" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A26" s="1">
         <v>0.375</v>
       </c>
       <c r="B26" s="1">
         <v>0.37847222222222199</v>
       </c>
-      <c r="C26" s="1">
-        <v>0.37986111111111098</v>
+      <c r="C26" s="1" t="s">
+        <v>0</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="H26" s="1" t="s">
-[...3 lines deleted...]
-    <row r="27" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    </row>
+    <row r="27" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A27" s="1">
         <v>0.38888888888888901</v>
       </c>
       <c r="B27" s="1">
         <v>0.39236111111111099</v>
       </c>
-      <c r="C27" s="1">
-        <v>0.39374999999999999</v>
+      <c r="C27" s="1" t="s">
+        <v>0</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="H27" s="1" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:8" ht="18.75" x14ac:dyDescent="0.3">
+    </row>
+    <row r="28" spans="1:7" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A28" s="1">
         <v>0.40277777777777701</v>
       </c>
       <c r="B28" s="1">
         <v>0.406249999999999</v>
       </c>
-      <c r="C28" s="1">
-        <v>0.407638888888888</v>
+      <c r="C28" s="1" t="s">
+        <v>0</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>0</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>0</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="H28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="H4:H24">
-    <sortCondition ref="H4"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="G4:G24">
+    <sortCondition ref="G4"/>
   </sortState>
   <hyperlinks>
     <hyperlink ref="A2" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="92" fitToHeight="0" orientation="portrait" r:id="rId2"/>
+  <pageSetup fitToHeight="0" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;18&amp;G
 NORTH CAMPUS SHOPPING SHUTTLE SCHEDULE
  OPERATES SATURDAYS ONLY, 1:17pm-9:47pm</oddHeader>
     <oddFooter>&amp;C&amp;8Questions? Comments? Concerns?
 Phone: 716-645-3943
 E-mail: transportation@buffalo.edu
 Web: buffalo.edu/parking</oddFooter>
   </headerFooter>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>